--- v0 (2025-11-18)
+++ v1 (2026-03-06)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27419"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\Раскрытие на сайте\2025\19 е\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CA650FB-93A2-49AA-9806-14757E1F4A8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7295D0F-74D4-4E05-AA33-F20FBD1E6256}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30" yWindow="1470" windowWidth="14370" windowHeight="14130" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8205" yWindow="2700" windowWidth="11850" windowHeight="7410" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="1 квартал 2025" sheetId="14" r:id="rId1"/>
+    <sheet name="2 квартал 2025" sheetId="14" r:id="rId1"/>
     <sheet name="2 квартал " sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="3 квартал " sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2 квартал '!$A$1:$D$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'3 квартал '!$A$1:$D$15</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>User</author>
   </authors>
   <commentList>
     <comment ref="B2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
@@ -931,51 +931,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A3:B12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" customWidth="1"/>
     <col min="2" max="2" width="38.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:2" ht="87.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="22" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="22"/>
     </row>
     <row r="4" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="24"/>
     </row>
     <row r="5" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B5" s="19"/>
     </row>
     <row r="7" spans="1:2" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A7" s="23" t="s">
@@ -1268,48 +1268,48 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>1 квартал 2025</vt:lpstr>
+      <vt:lpstr>2 квартал 2025</vt:lpstr>
       <vt:lpstr>2 квартал </vt:lpstr>
       <vt:lpstr>3 квартал </vt:lpstr>
       <vt:lpstr>'2 квартал '!Область_печати</vt:lpstr>
       <vt:lpstr>'3 квартал '!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>utee1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>